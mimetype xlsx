--- v0 (2025-10-14)
+++ v1 (2026-03-15)
@@ -1,62 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="23929"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kolbrun.reynisdottir\Dropbox (IASC)\IASC Team Folder\Secretariat\IASC Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kolbrun.reynisdottir\IASC Dropbox\IASC Team Folder\Secretariat\IASC Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4C2C34E-34F1-4C94-9501-9F744F5BCADB}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C8A8E3E1-50C3-4D1E-87C5-27556798704E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-46170" yWindow="0" windowWidth="17565" windowHeight="15600" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2850" yWindow="1125" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
     <sheet name="Tabelle2" sheetId="2" r:id="rId2"/>
     <sheet name="Tabelle3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Heike - Persönliche Ansicht" guid="{13B5685B-78BB-5746-A18D-0158E261FFB1}" mergeInterval="0" personalView="1" xWindow="63" yWindow="54" windowWidth="1288" windowHeight="1314" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="330"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
@@ -279,80 +280,80 @@
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> IASC Expenses Form</t>
     </r>
   </si>
   <si>
     <t>E-Mail Address:</t>
   </si>
   <si>
     <t>IASC Secretariat / Borgir, Nordurslod / 600 Akureyri / ICELAND</t>
   </si>
   <si>
     <t>E-mail: info@iasc.info     Phone: +354 515 5824\     www.iasc.info</t>
   </si>
   <si>
     <t>For Office Use Only</t>
   </si>
   <si>
     <t>Account Holder Street Address:</t>
   </si>
   <si>
-    <t>Street Address (line 2):</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Account </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Currency</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
+  <si>
+    <t>Account Holder Postal Code, City, Country:</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
@@ -433,50 +434,56 @@
     <font>
       <sz val="9"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -618,390 +625,399 @@
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="justify"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="justify"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="justify"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="justify"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="justify"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="justify"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="justify"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...10 lines deleted...]
-      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...63 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...54 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Followed Hyperlink" xfId="3" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="5" builtinId="9" hidden="1"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1335,545 +1351,547 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M58"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="150" zoomScaleNormal="150" zoomScalePageLayoutView="150" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5:D5"/>
+    <sheetView tabSelected="1" topLeftCell="A27" zoomScale="106" zoomScaleNormal="106" zoomScalePageLayoutView="150" workbookViewId="0">
+      <selection activeCell="F11" sqref="F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
+    <col min="1" max="1" width="13.5703125" customWidth="1"/>
+    <col min="2" max="2" width="15.28515625" customWidth="1"/>
     <col min="6" max="6" width="12.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="70" t="s">
+      <c r="A1" s="28" t="s">
         <v>20</v>
       </c>
-      <c r="B1" s="71"/>
-[...3 lines deleted...]
-      <c r="F1" s="76" t="s">
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+      <c r="F1" s="34" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="72"/>
-[...4 lines deleted...]
-      <c r="F2" s="77"/>
+      <c r="A2" s="30"/>
+      <c r="B2" s="31"/>
+      <c r="C2" s="31"/>
+      <c r="D2" s="31"/>
+      <c r="E2" s="31"/>
+      <c r="F2" s="35"/>
     </row>
     <row r="3" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="74"/>
-[...4 lines deleted...]
-      <c r="F3" s="78"/>
+      <c r="A3" s="32"/>
+      <c r="B3" s="33"/>
+      <c r="C3" s="33"/>
+      <c r="D3" s="33"/>
+      <c r="E3" s="33"/>
+      <c r="F3" s="36"/>
     </row>
     <row r="4" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="13" t="s">
+      <c r="A5" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="27"/>
-[...2 lines deleted...]
-      <c r="E5" s="13" t="s">
+      <c r="B5" s="43"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="49"/>
+      <c r="E5" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="F5" s="12"/>
+      <c r="F5" s="11"/>
     </row>
     <row r="6" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="13" t="s">
+      <c r="A6" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="27"/>
-[...3 lines deleted...]
-      <c r="F6" s="85"/>
+      <c r="B6" s="43"/>
+      <c r="C6" s="22"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="22"/>
+      <c r="F6" s="47"/>
     </row>
     <row r="7" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="13" t="s">
+      <c r="A7" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="24"/>
-[...3 lines deleted...]
-      <c r="F7" s="26"/>
+      <c r="B7" s="74"/>
+      <c r="C7" s="75"/>
+      <c r="D7" s="75"/>
+      <c r="E7" s="75"/>
+      <c r="F7" s="76"/>
     </row>
     <row r="8" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="13" t="s">
+      <c r="A8" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="86"/>
-[...3 lines deleted...]
-      <c r="F8" s="29"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="22"/>
+      <c r="D8" s="22"/>
+      <c r="E8" s="22"/>
+      <c r="F8" s="49"/>
     </row>
     <row r="9" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="10" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="39" t="s">
+      <c r="A10" s="44" t="s">
         <v>19</v>
       </c>
-      <c r="B10" s="46"/>
-[...3 lines deleted...]
-      <c r="F10" s="21" t="s">
+      <c r="B10" s="45"/>
+      <c r="C10" s="45"/>
+      <c r="D10" s="45"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="27"/>
-[...4 lines deleted...]
-      <c r="F11" s="14"/>
+      <c r="A11" s="43"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="49"/>
+      <c r="F11" s="13"/>
     </row>
     <row r="12" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="27"/>
-[...4 lines deleted...]
-      <c r="F12" s="14"/>
+      <c r="A12" s="43"/>
+      <c r="B12" s="22"/>
+      <c r="C12" s="22"/>
+      <c r="D12" s="22"/>
+      <c r="E12" s="49"/>
+      <c r="F12" s="13"/>
     </row>
     <row r="13" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="27"/>
-[...4 lines deleted...]
-      <c r="F13" s="14"/>
+      <c r="A13" s="43"/>
+      <c r="B13" s="22"/>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="49"/>
+      <c r="F13" s="13"/>
     </row>
     <row r="14" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="27"/>
-[...4 lines deleted...]
-      <c r="F14" s="14"/>
+      <c r="A14" s="43"/>
+      <c r="B14" s="22"/>
+      <c r="C14" s="22"/>
+      <c r="D14" s="22"/>
+      <c r="E14" s="49"/>
+      <c r="F14" s="13"/>
     </row>
     <row r="15" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="27"/>
-[...4 lines deleted...]
-      <c r="F15" s="14"/>
+      <c r="A15" s="43"/>
+      <c r="B15" s="22"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="49"/>
+      <c r="F15" s="13"/>
     </row>
     <row r="16" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="27"/>
-[...4 lines deleted...]
-      <c r="F16" s="14"/>
+      <c r="A16" s="43"/>
+      <c r="B16" s="22"/>
+      <c r="C16" s="22"/>
+      <c r="D16" s="22"/>
+      <c r="E16" s="49"/>
+      <c r="F16" s="13"/>
     </row>
     <row r="17" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="27"/>
-[...4 lines deleted...]
-      <c r="F17" s="14"/>
+      <c r="A17" s="43"/>
+      <c r="B17" s="22"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="49"/>
+      <c r="F17" s="13"/>
     </row>
     <row r="18" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="27"/>
-[...4 lines deleted...]
-      <c r="F18" s="14"/>
+      <c r="A18" s="43"/>
+      <c r="B18" s="22"/>
+      <c r="C18" s="22"/>
+      <c r="D18" s="22"/>
+      <c r="E18" s="49"/>
+      <c r="F18" s="13"/>
     </row>
     <row r="19" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="15"/>
-[...3 lines deleted...]
-      <c r="E19" s="17" t="s">
+      <c r="A19" s="5"/>
+      <c r="B19" s="5"/>
+      <c r="C19" s="5"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="F19" s="20">
+      <c r="F19" s="18">
         <f>SUM(F11:F18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="E20" s="8"/>
-      <c r="F20" s="10"/>
+      <c r="F20" s="9"/>
     </row>
     <row r="21" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="11" t="s">
+      <c r="A21" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="11" t="s">
+      <c r="A22" s="10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="9"/>
+      <c r="A23" s="1"/>
     </row>
     <row r="24" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="87" t="s">
+      <c r="A24" s="50" t="s">
         <v>5</v>
       </c>
-      <c r="B24" s="88"/>
-[...3 lines deleted...]
-      <c r="F24" s="19"/>
+      <c r="B24" s="51"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="17"/>
     </row>
     <row r="25" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="13" t="s">
+      <c r="A25" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="B25" s="28"/>
-[...3 lines deleted...]
-      <c r="F25" s="52"/>
+      <c r="B25" s="22"/>
+      <c r="C25" s="23"/>
+      <c r="D25" s="23"/>
+      <c r="E25" s="23"/>
+      <c r="F25" s="24"/>
     </row>
     <row r="26" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="13" t="s">
+      <c r="A26" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="B26" s="28"/>
-[...3 lines deleted...]
-      <c r="F26" s="52"/>
+      <c r="B26" s="22"/>
+      <c r="C26" s="23"/>
+      <c r="D26" s="23"/>
+      <c r="E26" s="23"/>
+      <c r="F26" s="24"/>
     </row>
     <row r="27" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="49" t="s">
+      <c r="A27" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="B27" s="50"/>
-[...3 lines deleted...]
-      <c r="F27" s="48"/>
+      <c r="B27" s="26"/>
+      <c r="C27" s="83"/>
+      <c r="D27" s="83"/>
+      <c r="E27" s="83"/>
+      <c r="F27" s="84"/>
     </row>
     <row r="28" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="49" t="s">
+      <c r="A28" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="B28" s="26"/>
+      <c r="C28" s="83"/>
+      <c r="D28" s="83"/>
+      <c r="E28" s="83"/>
+      <c r="F28" s="84"/>
+    </row>
+    <row r="29" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="25" t="s">
         <v>26</v>
       </c>
-      <c r="B28" s="50"/>
-[...13 lines deleted...]
-      <c r="F29" s="23"/>
+      <c r="B29" s="27"/>
+      <c r="C29" s="20"/>
+      <c r="D29" s="20"/>
+      <c r="E29" s="20"/>
+      <c r="F29" s="21"/>
     </row>
     <row r="30" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="39" t="s">
+      <c r="A30" s="44" t="s">
         <v>8</v>
       </c>
-      <c r="B30" s="40"/>
-[...3 lines deleted...]
-      <c r="F30" s="43"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="80"/>
+      <c r="D30" s="81"/>
+      <c r="E30" s="81"/>
+      <c r="F30" s="82"/>
     </row>
     <row r="31" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="49" t="s">
+      <c r="A31" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="B31" s="69"/>
-[...3 lines deleted...]
-      <c r="F31" s="84"/>
+      <c r="B31" s="27"/>
+      <c r="C31" s="40"/>
+      <c r="D31" s="41"/>
+      <c r="E31" s="41"/>
+      <c r="F31" s="42"/>
     </row>
     <row r="32" spans="1:6" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="39" t="s">
+      <c r="A32" s="44" t="s">
         <v>10</v>
       </c>
-      <c r="B32" s="46"/>
-[...3 lines deleted...]
-      <c r="F32" s="40"/>
+      <c r="B32" s="45"/>
+      <c r="C32" s="45"/>
+      <c r="D32" s="45"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="46"/>
     </row>
     <row r="33" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="27"/>
-[...4 lines deleted...]
-      <c r="F33" s="45"/>
+      <c r="A33" s="43"/>
+      <c r="B33" s="23"/>
+      <c r="C33" s="23"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="23"/>
+      <c r="F33" s="24"/>
     </row>
     <row r="34" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="27"/>
-[...4 lines deleted...]
-      <c r="F34" s="45"/>
+      <c r="A34" s="43"/>
+      <c r="B34" s="23"/>
+      <c r="C34" s="23"/>
+      <c r="D34" s="23"/>
+      <c r="E34" s="23"/>
+      <c r="F34" s="24"/>
     </row>
     <row r="35" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="27"/>
-[...4 lines deleted...]
-      <c r="F35" s="45"/>
+      <c r="A35" s="43"/>
+      <c r="B35" s="23"/>
+      <c r="C35" s="23"/>
+      <c r="D35" s="23"/>
+      <c r="E35" s="23"/>
+      <c r="F35" s="24"/>
     </row>
     <row r="36" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="27"/>
-[...4 lines deleted...]
-      <c r="F36" s="45"/>
+      <c r="A36" s="43"/>
+      <c r="B36" s="23"/>
+      <c r="C36" s="23"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+      <c r="F36" s="24"/>
     </row>
     <row r="37" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="27"/>
-[...4 lines deleted...]
-      <c r="F37" s="45"/>
+      <c r="A37" s="43"/>
+      <c r="B37" s="23"/>
+      <c r="C37" s="23"/>
+      <c r="D37" s="23"/>
+      <c r="E37" s="23"/>
+      <c r="F37" s="24"/>
     </row>
     <row r="38" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="79" t="s">
+      <c r="A38" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="B38" s="80"/>
-[...3 lines deleted...]
-      <c r="F38" s="81"/>
+      <c r="B38" s="38"/>
+      <c r="C38" s="38"/>
+      <c r="D38" s="38"/>
+      <c r="E38" s="38"/>
+      <c r="F38" s="39"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A39" s="59"/>
-[...4 lines deleted...]
-      <c r="F39" s="61"/>
+      <c r="A39" s="64"/>
+      <c r="B39" s="65"/>
+      <c r="C39" s="65"/>
+      <c r="D39" s="65"/>
+      <c r="E39" s="65"/>
+      <c r="F39" s="66"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A40" s="62"/>
-[...4 lines deleted...]
-      <c r="F40" s="64"/>
+      <c r="A40" s="67"/>
+      <c r="B40" s="68"/>
+      <c r="C40" s="68"/>
+      <c r="D40" s="68"/>
+      <c r="E40" s="68"/>
+      <c r="F40" s="69"/>
     </row>
     <row r="41" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B42" s="7"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A43" s="30"/>
-[...4 lines deleted...]
-      <c r="F43" s="32"/>
+      <c r="A43" s="85"/>
+      <c r="B43" s="86"/>
+      <c r="C43" s="87"/>
+      <c r="D43" s="58"/>
+      <c r="E43" s="59"/>
+      <c r="F43" s="60"/>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A44" s="33"/>
-[...4 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="A44" s="88"/>
+      <c r="B44" s="89"/>
+      <c r="C44" s="90"/>
+      <c r="D44" s="61"/>
+      <c r="E44" s="62"/>
+      <c r="F44" s="63"/>
     </row>
     <row r="45" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="56" t="s">
+      <c r="A45" s="55" t="s">
         <v>13</v>
       </c>
-      <c r="B45" s="57"/>
-[...1 lines deleted...]
-      <c r="D45" s="36" t="s">
+      <c r="B45" s="56"/>
+      <c r="C45" s="57"/>
+      <c r="D45" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="E45" s="37"/>
-      <c r="F45" s="38"/>
+      <c r="E45" s="78"/>
+      <c r="F45" s="79"/>
     </row>
     <row r="46" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="65" t="s">
+      <c r="A47" s="70" t="s">
         <v>0</v>
       </c>
-      <c r="B47" s="65"/>
-[...3 lines deleted...]
-      <c r="F47" s="65"/>
+      <c r="B47" s="70"/>
+      <c r="C47" s="70"/>
+      <c r="D47" s="70"/>
+      <c r="E47" s="70"/>
+      <c r="F47" s="70"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
     </row>
     <row r="48" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G48" s="5"/>
       <c r="H48" s="5"/>
       <c r="I48" s="4"/>
       <c r="J48" s="5"/>
       <c r="K48" s="5"/>
       <c r="L48" s="5"/>
       <c r="M48" s="5"/>
     </row>
     <row r="49" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="66" t="s">
+      <c r="A49" s="71" t="s">
         <v>22</v>
       </c>
-      <c r="B49" s="67"/>
-[...3 lines deleted...]
-      <c r="F49" s="68"/>
+      <c r="B49" s="72"/>
+      <c r="C49" s="72"/>
+      <c r="D49" s="72"/>
+      <c r="E49" s="72"/>
+      <c r="F49" s="73"/>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A50" s="53" t="s">
+      <c r="A50" s="52" t="s">
         <v>23</v>
       </c>
-      <c r="B50" s="54"/>
-[...3 lines deleted...]
-      <c r="F50" s="55"/>
+      <c r="B50" s="53"/>
+      <c r="C50" s="53"/>
+      <c r="D50" s="53"/>
+      <c r="E50" s="53"/>
+      <c r="F50" s="54"/>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="G55" s="1"/>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
       <c r="J55" s="2"/>
       <c r="K55" s="2"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
     </row>
     <row r="56" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="57" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="58" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteRows="0" sort="0"/>
   <customSheetViews>
     <customSheetView guid="{13B5685B-78BB-5746-A18D-0158E261FFB1}" scale="150">
       <selection activeCell="A5" sqref="A5"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="42">
-    <mergeCell ref="B25:F25"/>
-[...28 lines deleted...]
-    <mergeCell ref="D45:F45"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="C30:F30"/>
     <mergeCell ref="A37:F37"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:E11"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="C27:F27"/>
     <mergeCell ref="C28:F28"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="B26:F26"/>
+    <mergeCell ref="A50:F50"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="A43:C44"/>
+    <mergeCell ref="A39:F40"/>
+    <mergeCell ref="A34:F34"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="A36:F36"/>
+    <mergeCell ref="A47:F47"/>
+    <mergeCell ref="A49:F49"/>
+    <mergeCell ref="D43:F44"/>
+    <mergeCell ref="D45:F45"/>
+    <mergeCell ref="A38:F38"/>
+    <mergeCell ref="C31:F31"/>
+    <mergeCell ref="A33:F33"/>
+    <mergeCell ref="A32:F32"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="B25:F25"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="A1:E3"/>
+    <mergeCell ref="F1:F3"/>
+    <mergeCell ref="B6:F6"/>
+    <mergeCell ref="B8:F8"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:E16"/>
+    <mergeCell ref="A17:E17"/>
+    <mergeCell ref="A18:E18"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="B7:F7"/>
+    <mergeCell ref="B5:D5"/>
   </mergeCells>
   <phoneticPr fontId="14" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <customSheetViews>
     <customSheetView guid="{13B5685B-78BB-5746-A18D-0158E261FFB1}">
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
     </customSheetView>
@@ -1929,25 +1947,54 @@
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Tabelle1</vt:lpstr>
       <vt:lpstr>Tabelle2</vt:lpstr>
       <vt:lpstr>Tabelle3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Heike Midleja</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_SetDate">
+    <vt:lpwstr>2026-01-21T13:43:56Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Name">
+    <vt:lpwstr>Varin</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_SiteId">
+    <vt:lpwstr>764a306d-0a68-45ad-9f07-6f1804447cd4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_ActionId">
+    <vt:lpwstr>7bac3d80-3521-4289-8aa3-a562e3cc81d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>